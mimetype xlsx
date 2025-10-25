--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raef292d6499b4826" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a0ffc56897d4270" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2d7d24cf5a9467d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fabd9dce3d44f06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reefa1ef5e1864712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2d7d24cf5a9467d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra25936a2eca349cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fabd9dce3d44f06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsaktien und Mehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>