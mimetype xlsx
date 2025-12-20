--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a0ffc56897d4270" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R268bfee0000e4183" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fabd9dce3d44f06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3937e004d3a41a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra25936a2eca349cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fabd9dce3d44f06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R100c3535568d413d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3937e004d3a41a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsaktien und Mehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>111,372</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>