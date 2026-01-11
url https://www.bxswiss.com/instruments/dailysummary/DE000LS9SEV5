--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R268bfee0000e4183" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c81cd372d9942b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3937e004d3a41a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65a2bce168b34f02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R100c3535568d413d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3937e004d3a41a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf52261460644afd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65a2bce168b34f02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsaktien und Mehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>105,505</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,007</x:t>
-[...242 lines deleted...]
-          <x:t>106,492</x:t>
+          <x:t>104,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,983</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>