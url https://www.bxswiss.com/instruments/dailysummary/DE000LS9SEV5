--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c81cd372d9942b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7f95d26c8524cac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65a2bce168b34f02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6db4ac8911f4c2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf52261460644afd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65a2bce168b34f02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra880a77af32d4dce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6db4ac8911f4c2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsaktien und Mehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>104,983</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>