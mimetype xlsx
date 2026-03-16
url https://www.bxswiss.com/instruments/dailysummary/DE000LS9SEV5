--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7f95d26c8524cac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc76e8924f6ff4a42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6db4ac8911f4c2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b94b28351644b61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra880a77af32d4dce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6db4ac8911f4c2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cdc35062bd4453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b94b28351644b61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsaktien und Mehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,311</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>