--- v0 (2025-11-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cd4af39e2e84c39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6f4135d1b4c44ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd59cc119e0824213"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec6f78f35fef4c84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e74eb1760cd4f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd59cc119e0824213" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd16b3eb85c784280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec6f78f35fef4c84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Out of Kulmbach - Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>170,724</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>