--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6f4135d1b4c44ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbad9a280730c43f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec6f78f35fef4c84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6554859a6594466a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd16b3eb85c784280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec6f78f35fef4c84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7620ab513ce4eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6554859a6594466a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Out of Kulmbach - Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>