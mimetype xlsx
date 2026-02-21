--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbad9a280730c43f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4f7768a963849c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6554859a6594466a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R288b62c605814a25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7620ab513ce4eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6554859a6594466a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a346a976bf44121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R288b62c605814a25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Out of Kulmbach - Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>180,785</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>