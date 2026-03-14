--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4f7768a963849c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48b6e8c80961452d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R288b62c605814a25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R058625fd1a8e465c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a346a976bf44121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R288b62c605814a25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R121024543f1844cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R058625fd1a8e465c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Out of Kulmbach - Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,952</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>