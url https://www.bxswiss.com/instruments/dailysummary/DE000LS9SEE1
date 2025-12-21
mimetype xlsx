--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf98fb959beb745b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad966fe6c67d4fef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ed1e43f839b487c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb44eb314fea244a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20884544d1384bcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ed1e43f839b487c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc930aaffc234d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb44eb314fea244a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kaiser Fool Stock Premium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>162,561</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>