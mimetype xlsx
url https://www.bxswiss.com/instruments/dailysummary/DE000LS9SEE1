--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad966fe6c67d4fef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36003f81d3ab4cb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb44eb314fea244a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f74be91b37e4be9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc930aaffc234d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb44eb314fea244a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f6e212e0a324f0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f74be91b37e4be9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kaiser Fool Stock Premium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,650</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>