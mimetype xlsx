--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36003f81d3ab4cb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcca3d75a2bd6470e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f74be91b37e4be9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11ccdd0cfd5f49ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f6e212e0a324f0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f74be91b37e4be9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R214555e557964da5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11ccdd0cfd5f49ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kaiser Fool Stock Premium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>164,348</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>