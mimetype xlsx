--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcca3d75a2bd6470e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb83d6b7e8f9741d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11ccdd0cfd5f49ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf11663c3754f45a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R214555e557964da5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11ccdd0cfd5f49ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e5db8e464594412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf11663c3754f45a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kaiser Fool Stock Premium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>