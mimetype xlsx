--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re55963f664714ec0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcef9f7770c2f4d5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0783244a8134b37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcadcbb51626c4ff1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62b49806275e463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0783244a8134b37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd361c4ce25404820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcadcbb51626c4ff1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FUTURE OF MOBILITY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SED3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>90,873</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,045</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>90,815</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,698</x:t>
-[...16 lines deleted...]
-          <x:t>90,896</x:t>
+          <x:t>91,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,810</x:t>
-[...161 lines deleted...]
-          <x:t>90,720</x:t>
+          <x:t>90,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,913</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>90,954</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>