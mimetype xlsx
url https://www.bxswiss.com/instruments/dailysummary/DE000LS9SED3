--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcef9f7770c2f4d5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6e258f79621418a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcadcbb51626c4ff1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47ef9574f77d4ebb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd361c4ce25404820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcadcbb51626c4ff1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b73e6c4f64f4e7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47ef9574f77d4ebb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FUTURE OF MOBILITY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SED3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,045</x:t>
-[...36 lines deleted...]
-          <x:t>90,010</x:t>
+          <x:t>90,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>