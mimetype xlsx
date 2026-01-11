--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6e258f79621418a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b43e45967b74b13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47ef9574f77d4ebb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fd8ef1471c04758"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b73e6c4f64f4e7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47ef9574f77d4ebb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbb3a26154404d3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fd8ef1471c04758" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FUTURE OF MOBILITY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SED3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>90,987</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>