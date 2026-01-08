--- v0 (2025-10-04)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f27ce32c3014e67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d67a0cd12a241ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R204282260ed24d66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03257fecc8424340"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0ce26f040d7490f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R204282260ed24d66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d83e74649884a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03257fecc8424340" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Von Nebenwerte bis zum Hot Stock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>93,840</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,233</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>