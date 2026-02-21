--- v1 (2026-01-08)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d67a0cd12a241ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ab0283163f14005" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03257fecc8424340"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9c556c7e6e74006"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d83e74649884a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03257fecc8424340" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69c51b07ddf44991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9c556c7e6e74006" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Von Nebenwerte bis zum Hot Stock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>91,233</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>