--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ab0283163f14005" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9b76e4bb80e4130" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9c556c7e6e74006"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refb8857df2134502"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69c51b07ddf44991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9c556c7e6e74006" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ee4cd7bbafe45dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refb8857df2134502" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Von Nebenwerte bis zum Hot Stock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>94,024</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,696</x:t>
-[...141 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>93,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...229 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,660</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,746</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>