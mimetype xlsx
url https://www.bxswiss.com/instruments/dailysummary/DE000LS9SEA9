--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R472d596145b54a92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca9dae1ffc0d4056" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf081760c78c24606"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R383998500ffb4be3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6102c20074c341d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf081760c78c24606" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c15e55ec6b14d1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R383998500ffb4be3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Stock Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,951</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>