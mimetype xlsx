--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca9dae1ffc0d4056" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68b51cc8becb416b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R383998500ffb4be3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red39bd05399440f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c15e55ec6b14d1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R383998500ffb4be3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82b686bbceae4f10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red39bd05399440f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Stock Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>119,946</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>