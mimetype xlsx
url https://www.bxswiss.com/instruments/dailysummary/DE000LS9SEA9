--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68b51cc8becb416b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3726ddd0c1a4c7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red39bd05399440f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R065bb4250765408d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82b686bbceae4f10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red39bd05399440f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb81f9152f5394e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R065bb4250765408d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Stock Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>115,470</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,245</x:t>
-[...38 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>117,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,220</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>119,676</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>