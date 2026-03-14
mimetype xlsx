--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3726ddd0c1a4c7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R556c5c2d71aa4ef8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R065bb4250765408d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66eb7d060b0b4683"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb81f9152f5394e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R065bb4250765408d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3496a3b84ec34474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66eb7d060b0b4683" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Stock Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,050</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...632 lines deleted...]
-          <x:t>113,597</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,982</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>