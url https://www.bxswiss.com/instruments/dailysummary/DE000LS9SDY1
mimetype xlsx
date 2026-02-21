--- v0 (2025-10-25)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d8e7a0f1e2f4d9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd991257857074e96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R476d992269c44926"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e5fdfdf80d94b92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5136edc089aa41fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R476d992269c44926" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc441f9b58c5e4295" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e5fdfdf80d94b92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SMARTER US Tech 100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>197,692</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>