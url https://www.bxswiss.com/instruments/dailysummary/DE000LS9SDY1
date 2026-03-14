--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd991257857074e96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1823ae7d99b46b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e5fdfdf80d94b92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32f47af22b0546ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc441f9b58c5e4295" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e5fdfdf80d94b92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf3d7cc30c0242a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32f47af22b0546ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SMARTER US Tech 100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,298</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>