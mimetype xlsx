--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78768799bbd84b77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R644e79392efd4571" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d67a7b81682435e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R630c0163adbf4c05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8722793418444d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d67a7b81682435e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72757eb4224943d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R630c0163adbf4c05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TI Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,449</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>