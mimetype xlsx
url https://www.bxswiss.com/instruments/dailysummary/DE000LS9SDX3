--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R644e79392efd4571" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R804ea91f6b104bc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R630c0163adbf4c05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5f5292a1f07429a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72757eb4224943d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R630c0163adbf4c05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3828c231aa234649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5f5292a1f07429a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TI Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>