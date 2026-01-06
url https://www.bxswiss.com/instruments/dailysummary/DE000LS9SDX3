--- v2 (2025-11-21)
+++ v3 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R804ea91f6b104bc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35bb5b30414f47ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5f5292a1f07429a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa0a30743074952"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3828c231aa234649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5f5292a1f07429a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97d89937ae044bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa0a30743074952" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TI Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,437 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>272,482</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>