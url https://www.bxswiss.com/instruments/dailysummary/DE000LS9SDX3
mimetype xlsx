--- v3 (2026-01-06)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35bb5b30414f47ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d1a40321bd1450c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa0a30743074952"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad6f877f00cd4a6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97d89937ae044bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa0a30743074952" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf70d2eb18504a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad6f877f00cd4a6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TI Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,437 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>301,416</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>