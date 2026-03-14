--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d1a40321bd1450c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5233faede39a46a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad6f877f00cd4a6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R865ddcd10fd04d00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf70d2eb18504a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad6f877f00cd4a6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65f6d6a9ca144164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R865ddcd10fd04d00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TI Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>