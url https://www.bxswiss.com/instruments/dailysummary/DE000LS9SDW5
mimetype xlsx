--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43fcd8f0ad444d06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbac20827a35a4242" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf46b4cb7f7574bd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R123b017397c344be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c99e50e4fb745b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf46b4cb7f7574bd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbd19436cbad4b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R123b017397c344be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-Tech Zukunftswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>370,846</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>