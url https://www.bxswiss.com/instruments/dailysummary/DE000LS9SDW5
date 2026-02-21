--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbac20827a35a4242" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4248a45d1114938" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R123b017397c344be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88a03071bfb64f78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbd19436cbad4b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R123b017397c344be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e84980f3e34434f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88a03071bfb64f78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-Tech Zukunftswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>368,757</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>