--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4248a45d1114938" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde470ea1522448a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88a03071bfb64f78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4021e69bae884caf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e84980f3e34434f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88a03071bfb64f78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45057c67a01340dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4021e69bae884caf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-Tech Zukunftswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>