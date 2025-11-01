--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4d9126560bc4fa2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra35ae322e3994da9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5823a44599b4d0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re67612a40b614808"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf47241c783824439" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5823a44599b4d0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racbf2d0146734ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re67612a40b614808" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CM Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>140,124</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,075</x:t>
-[...485 lines deleted...]
-          <x:t>138,863</x:t>
+          <x:t>140,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,340</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...46 lines deleted...]
-          <x:t>140,616</x:t>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>