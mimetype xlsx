--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra35ae322e3994da9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R011c50902a444c29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re67612a40b614808"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbcb3070d2874495"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racbf2d0146734ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re67612a40b614808" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33391c707a254e71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbcb3070d2874495" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CM Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>138,863</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,340</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>140,975</x:t>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,799</x:t>
-[...124 lines deleted...]
-          <x:t>141,443</x:t>
+          <x:t>140,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,877</x:t>
-[...377 lines deleted...]
-          <x:t>139,546</x:t>
+          <x:t>141,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>