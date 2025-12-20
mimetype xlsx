--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R011c50902a444c29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f268d29f69a4b81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbcb3070d2874495"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75c73db84e8442f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33391c707a254e71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbcb3070d2874495" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21e5e73c57334506" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75c73db84e8442f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CM Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...161 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,937</x:t>
-[...468 lines deleted...]
-          <x:t>139,807</x:t>
+          <x:t>142,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>