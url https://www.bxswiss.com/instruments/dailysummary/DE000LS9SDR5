--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f268d29f69a4b81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebdce51f70414257" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75c73db84e8442f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5ddfb56db924553"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21e5e73c57334506" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75c73db84e8442f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80616d5b2bbc4f84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5ddfb56db924553" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CM Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>