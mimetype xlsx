--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebdce51f70414257" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37134ae84413430d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5ddfb56db924553"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bbb8d6a38d34738"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80616d5b2bbc4f84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5ddfb56db924553" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23d6dfbf346c465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bbb8d6a38d34738" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CM Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>148,905</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,051</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>