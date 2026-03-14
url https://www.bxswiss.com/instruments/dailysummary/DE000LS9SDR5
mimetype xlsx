--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37134ae84413430d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ace0f9a949e4e12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bbb8d6a38d34738"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb27d9df47054e2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23d6dfbf346c465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bbb8d6a38d34738" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra01b7e0979af4e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb27d9df47054e2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CM Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>