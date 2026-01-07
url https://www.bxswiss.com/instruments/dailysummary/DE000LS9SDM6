--- v0 (2025-10-04)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R782179f600544894" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R377f0b9bdf234634" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R302d813b5e054f33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7809400f5c054e9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R158c74778c504e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R302d813b5e054f33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99489bfb0a684b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7809400f5c054e9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance Strategie 44</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>56,548</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>