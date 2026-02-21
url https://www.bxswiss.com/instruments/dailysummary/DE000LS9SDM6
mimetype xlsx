--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R377f0b9bdf234634" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R481699663c584a96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7809400f5c054e9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R088f377e40ac4898"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99489bfb0a684b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7809400f5c054e9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d246b89f6974bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R088f377e40ac4898" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance Strategie 44</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,558</x:t>
-[...43 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>57,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>56,944</x:t>
-[...117 lines deleted...]
-          <x:t>58,637</x:t>
+          <x:t>57,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,001</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>