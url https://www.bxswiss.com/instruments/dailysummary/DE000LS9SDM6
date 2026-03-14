--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R481699663c584a96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R666de163a56a45d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R088f377e40ac4898"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c3972f6ea4a43e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d246b89f6974bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R088f377e40ac4898" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fc2989a48044c81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c3972f6ea4a43e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance Strategie 44</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>57,335</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>56,526</x:t>
-[...204 lines deleted...]
-        <x:is>
           <x:t>56,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,664</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,636</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>