--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfbaee9d1126435a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R297d31f6ea5940f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e731ee49d9b439d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05bd5920f7ba42d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcdbeac837db4f86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e731ee49d9b439d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re121392db87345aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05bd5920f7ba42d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 5 Performer SMTD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>51,660</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,269</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>51,283</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>