--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R297d31f6ea5940f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe0639c235f64fb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05bd5920f7ba42d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d2dea32618a4354"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re121392db87345aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05bd5920f7ba42d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb999b56bc56b4558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d2dea32618a4354" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 5 Performer SMTD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>52,521</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,325</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...300 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,799</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>