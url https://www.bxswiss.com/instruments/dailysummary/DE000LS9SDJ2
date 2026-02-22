--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe0639c235f64fb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76bc6b5f83ab4cab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d2dea32618a4354"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dc185a29ab04e0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb999b56bc56b4558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d2dea32618a4354" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2c226fc21124acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dc185a29ab04e0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 5 Performer SMTD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,065</x:t>
-[...306 lines deleted...]
-          <x:t>56,550</x:t>
+          <x:t>53,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>