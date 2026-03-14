--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76bc6b5f83ab4cab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb851382baf6482e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dc185a29ab04e0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc87e520d95b04a1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2c226fc21124acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dc185a29ab04e0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b72af504b2b4cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc87e520d95b04a1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 5 Performer SMTD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>