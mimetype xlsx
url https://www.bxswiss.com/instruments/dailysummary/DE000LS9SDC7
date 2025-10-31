--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3d272096e0a4e7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc66f579578894d03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aa46643eeea4e6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5b55cefc696441e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf52f543d49a94ce4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aa46643eeea4e6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R720c9fc72b014390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5b55cefc696441e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Chemistry</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>101,902</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,163</x:t>
-[...382 lines deleted...]
-          <x:t>104,262</x:t>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>