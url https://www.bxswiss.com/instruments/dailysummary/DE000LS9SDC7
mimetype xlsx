--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc66f579578894d03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c97310e6c9c4c06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5b55cefc696441e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d454d1fb6564532"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R720c9fc72b014390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5b55cefc696441e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e49091b55914264" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d454d1fb6564532" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Chemistry</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>102,605</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>103,363</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>