--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c97310e6c9c4c06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7d9c1138ba542f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d454d1fb6564532"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e1405a478b74cd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e49091b55914264" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d454d1fb6564532" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56e843e6faf7459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e1405a478b74cd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Chemistry</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>104,045</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>