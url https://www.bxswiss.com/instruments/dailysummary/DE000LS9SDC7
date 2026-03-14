--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7d9c1138ba542f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fccbd3b8fbf4e94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e1405a478b74cd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f49c33ba1cf4cc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56e843e6faf7459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e1405a478b74cd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9feb8870a93e434c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f49c33ba1cf4cc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Chemistry</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>112,318</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,143</x:t>
-[...274 lines deleted...]
-          <x:t>115,413</x:t>
+          <x:t>109,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>