--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcca70d6f60b64eb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc52e836efe3c45a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R561501e688004129"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3f4625791754abd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9733c8c8c9b34ff8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R561501e688004129" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3ca38a079ce494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3f4625791754abd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Next Digital Growth Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SCY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>84,435</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>