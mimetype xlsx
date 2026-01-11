--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc52e836efe3c45a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f2daf50291548b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3f4625791754abd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16e970706bf249b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3ca38a079ce494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3f4625791754abd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92a95045a22a4b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16e970706bf249b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Next Digital Growth Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SCY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>83,278</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>