--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f2daf50291548b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4afd94031a74a65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16e970706bf249b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R382a3aebeb414837"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92a95045a22a4b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16e970706bf249b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e930a17e0084d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R382a3aebeb414837" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Next Digital Growth Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SCY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>77,995</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>