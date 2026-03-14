--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4afd94031a74a65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3be0459249c4a62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R382a3aebeb414837"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29f4f1b7212d465a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e930a17e0084d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R382a3aebeb414837" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45106176b4bc4bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29f4f1b7212d465a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Next Digital Growth Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SCY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,503</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,759</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>