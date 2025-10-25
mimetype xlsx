--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8723e6029a4b4405" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0927d2acdbf54195" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f282fd4ddf64ade"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28b2d614deb6435a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9764e2cecfc4079" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f282fd4ddf64ade" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f29f648b177493d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28b2d614deb6435a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Responsible Invest Strategy-1000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SCE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>157,179</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,255</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...413 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,265</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>