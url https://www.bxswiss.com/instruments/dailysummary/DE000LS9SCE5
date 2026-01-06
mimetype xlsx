--- v1 (2025-10-25)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0927d2acdbf54195" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4964667b1d5b4268" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28b2d614deb6435a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R682fc00f433e4b79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f29f648b177493d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28b2d614deb6435a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R755ac979e8eb4999" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R682fc00f433e4b79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Responsible Invest Strategy-1000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SCE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,516</x:t>
-[...340 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>157,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,037</x:t>
-        </x:is>
-[...175 lines deleted...]
-          <x:t>155,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>