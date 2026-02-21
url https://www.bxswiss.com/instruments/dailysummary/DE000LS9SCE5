--- v2 (2026-01-06)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4964667b1d5b4268" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5c7436b676748aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R682fc00f433e4b79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8da0c3cb45954dd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R755ac979e8eb4999" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R682fc00f433e4b79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree40a2d6dc924a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8da0c3cb45954dd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Responsible Invest Strategy-1000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SCE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>156,037</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>