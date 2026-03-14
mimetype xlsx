--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5c7436b676748aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R556e9dcc5cec45d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8da0c3cb45954dd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R499fefc736c840b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree40a2d6dc924a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8da0c3cb45954dd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82c1dca7ee22460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R499fefc736c840b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Responsible Invest Strategy-1000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SCE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,852</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>