--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd385dbfca9be44d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47e45acbe9cd457f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ba7adb40f724a69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcff1707e97064eba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd84f7d374bc4bc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ba7adb40f724a69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9de8a48036094dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcff1707e97064eba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Falling Angels</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SCC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>131,359</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,411</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>