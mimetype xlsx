--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47e45acbe9cd457f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7677519c88fe49a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcff1707e97064eba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5003941bfd9f4a84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9de8a48036094dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcff1707e97064eba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cd2f4b5b0a840cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5003941bfd9f4a84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Falling Angels</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SCC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>127,931</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,002</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>