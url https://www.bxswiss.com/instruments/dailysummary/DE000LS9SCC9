--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7677519c88fe49a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c3412a1cf11476d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5003941bfd9f4a84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8853417fd92b47e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cd2f4b5b0a840cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5003941bfd9f4a84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cac4fdad5734d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8853417fd92b47e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Falling Angels</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SCC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>121,020</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,681</x:t>
-[...166 lines deleted...]
-          <x:t>123,002</x:t>
+          <x:t>121,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>