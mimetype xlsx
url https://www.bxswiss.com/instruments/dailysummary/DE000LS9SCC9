--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c3412a1cf11476d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a6d50901af2465e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8853417fd92b47e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bca4cbc96c7487e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cac4fdad5734d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8853417fd92b47e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54fec418497e4045" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bca4cbc96c7487e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Falling Angels</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SCC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,012</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>