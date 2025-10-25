--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R470da3c6d297448a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ec8d35d49f0441a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3f6456193084f4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2183fe3a3df14c20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec4e1e7061e34464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3f6456193084f4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89924d6f7ef74f70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2183fe3a3df14c20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global-NewWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SCB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,831</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>