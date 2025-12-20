--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ec8d35d49f0441a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a3c7b8d64a54199" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2183fe3a3df14c20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ed6ba0a24b14d17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89924d6f7ef74f70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2183fe3a3df14c20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc741a924a1af4a39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ed6ba0a24b14d17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global-NewWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SCB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>228,033</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,298</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>