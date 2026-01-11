--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a3c7b8d64a54199" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8a2cc25f2ec4c18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ed6ba0a24b14d17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5acf10cebf2e4608"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc741a924a1af4a39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ed6ba0a24b14d17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddb5d81d342c46f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5acf10cebf2e4608" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global-NewWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SCB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,104</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>