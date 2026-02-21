--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8a2cc25f2ec4c18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37ac6a3b3fc94efc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5acf10cebf2e4608"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82e691d63f644035"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddb5d81d342c46f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5acf10cebf2e4608" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf86cc1ebf9784937" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82e691d63f644035" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global-NewWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SCB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>227,104</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>