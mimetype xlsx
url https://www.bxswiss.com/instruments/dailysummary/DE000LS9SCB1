--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37ac6a3b3fc94efc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8b2bc5d07a84136" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82e691d63f644035"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0dce0aacd8d48d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf86cc1ebf9784937" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82e691d63f644035" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3854b76cf9344a39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0dce0aacd8d48d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global-NewWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SCB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>