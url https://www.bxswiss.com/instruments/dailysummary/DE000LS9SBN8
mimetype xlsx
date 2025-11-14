--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99e3e20146e24804" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0cac11dd34a4d9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35a9aba14f694e5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R895616a38de64d14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf9d8802c4b441bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35a9aba14f694e5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6c35aa141054dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R895616a38de64d14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Quality moated Businesses </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SBN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>117,997</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,789</x:t>
-[...323 lines deleted...]
-          <x:t>117,969</x:t>
+          <x:t>117,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,406</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>