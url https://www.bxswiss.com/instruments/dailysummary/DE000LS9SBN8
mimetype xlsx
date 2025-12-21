--- v1 (2025-11-14)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0cac11dd34a4d9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ab31d624a7d4dee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R895616a38de64d14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R806f7ad369754a80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6c35aa141054dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R895616a38de64d14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01e2d0e5461a42d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R806f7ad369754a80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Quality moated Businesses </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SBN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,487</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...509 lines deleted...]
-          <x:t>117,645</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,449</x:t>
-[...16 lines deleted...]
-          <x:t>117,650</x:t>
+          <x:t>117,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,482</x:t>
-[...85 lines deleted...]
-          <x:t>116,406</x:t>
+          <x:t>117,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>