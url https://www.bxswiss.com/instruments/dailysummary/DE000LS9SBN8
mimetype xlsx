--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ab31d624a7d4dee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59c84dbc249e455c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R806f7ad369754a80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73f201d9d06b4473"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01e2d0e5461a42d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R806f7ad369754a80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21f9fd595cce4618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73f201d9d06b4473" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Quality moated Businesses </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SBN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,645 +149,483 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>117,649</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,642</x:t>
-[...53 lines deleted...]
-          <x:t>117,704</x:t>
+          <x:t>118,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,830</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...388 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,564</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>