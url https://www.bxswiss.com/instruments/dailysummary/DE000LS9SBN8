--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59c84dbc249e455c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b2a4660e4b941b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73f201d9d06b4473"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rced955a21a704a0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21f9fd595cce4618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73f201d9d06b4473" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62e508461792448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rced955a21a704a0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Quality moated Businesses </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SBN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>117,640</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>