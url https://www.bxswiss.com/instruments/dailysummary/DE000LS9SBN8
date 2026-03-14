--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b2a4660e4b941b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31b97d0203bd4006" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rced955a21a704a0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ceebafd9da241ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62e508461792448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rced955a21a704a0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5a590c60acd4d46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ceebafd9da241ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Quality moated Businesses </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SBN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>