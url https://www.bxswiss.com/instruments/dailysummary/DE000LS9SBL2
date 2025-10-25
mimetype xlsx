--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bf640f76b854eb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd17314164b34f7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R943589020e2143ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1e06f33c2224a97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42432f843cd140ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R943589020e2143ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c6160ef280143ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1e06f33c2224a97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks with future technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SBL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,474</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,924</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>