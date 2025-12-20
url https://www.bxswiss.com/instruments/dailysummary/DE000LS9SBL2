--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd17314164b34f7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c130338df884492" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1e06f33c2224a97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61c216b2bb0b4862"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c6160ef280143ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1e06f33c2224a97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e7ee0f64ab14b91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61c216b2bb0b4862" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks with future technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SBL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>151,924</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>