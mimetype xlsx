--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c130338df884492" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R473d6e725cf04597" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61c216b2bb0b4862"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcea95f55bc6448e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e7ee0f64ab14b91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61c216b2bb0b4862" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fc599de14874a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcea95f55bc6448e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks with future technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SBL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,598 +149,166 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>139,241</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,265</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...469 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,915</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>