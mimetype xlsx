--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R473d6e725cf04597" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1c168f5a8f94d14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcea95f55bc6448e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5916542cc86d47ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fc599de14874a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcea95f55bc6448e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra92e5ee9d8a54df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5916542cc86d47ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks with future technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SBL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>138,867</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,552</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>