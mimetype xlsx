--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1c168f5a8f94d14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc95c2a02813442d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5916542cc86d47ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf59b6303ba694ba4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra92e5ee9d8a54df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5916542cc86d47ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf0af2ce0f8f4cdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf59b6303ba694ba4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks with future technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SBL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>