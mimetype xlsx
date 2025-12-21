--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refe7130201b34f0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00c685a30b2241c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebf116b8c3fe4899"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bd7c91622384361"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c481bfb02a94ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebf116b8c3fe4899" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2a28fc9448a479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bd7c91622384361" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iPlanetH2 - Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SBB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>11,698</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,516</x:t>
-[...355 lines deleted...]
-          <x:t>14,420</x:t>
+          <x:t>12,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>