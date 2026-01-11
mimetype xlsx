--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00c685a30b2241c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba3da899435a4d02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bd7c91622384361"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e2b881869b94f9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2a28fc9448a479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bd7c91622384361" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a4e95d459794eca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e2b881869b94f9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iPlanetH2 - Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SBB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>