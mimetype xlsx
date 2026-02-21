--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba3da899435a4d02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcefc50b4b925461e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e2b881869b94f9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R947ad0b3381a4772"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a4e95d459794eca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e2b881869b94f9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4c3296719274be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R947ad0b3381a4772" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iPlanetH2 - Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SBB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>11,571</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,604</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>15.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,599</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>11,275</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>