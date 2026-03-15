--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcefc50b4b925461e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c0c8dab86b4f24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R947ad0b3381a4772"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref7f471d95634678"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4c3296719274be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R947ad0b3381a4772" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37b51155d9644036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref7f471d95634678" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iPlanetH2 - Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SBB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>10,894</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.02.2026</x:t>
-[...397 lines deleted...]
-          <x:t>10,307</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>