--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88b73a0abda648d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re10508b671354d3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8b0b41375a84404"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2885205428314a2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca73435420624946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8b0b41375a84404" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97cf75a2ce064fbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2885205428314a2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum Gewinne Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,684</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>