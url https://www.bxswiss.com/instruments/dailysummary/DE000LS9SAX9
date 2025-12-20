--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re10508b671354d3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7d1055cb9eb4c52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2885205428314a2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4ded368f51e4bd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97cf75a2ce064fbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2885205428314a2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7ff741d9a484452" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4ded368f51e4bd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum Gewinne Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>87,867</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>