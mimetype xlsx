--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7d1055cb9eb4c52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44d0908d1c384ca3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4ded368f51e4bd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R678aed2b0c7f4fd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7ff741d9a484452" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4ded368f51e4bd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9e5989aac2b46d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R678aed2b0c7f4fd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum Gewinne Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,041</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>