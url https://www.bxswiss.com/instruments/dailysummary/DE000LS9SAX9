--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44d0908d1c384ca3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f440957d1364e2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R678aed2b0c7f4fd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4f7009cd1ce40ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9e5989aac2b46d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R678aed2b0c7f4fd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R823c019a7bcc42f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4f7009cd1ce40ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum Gewinne Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>94,998</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>