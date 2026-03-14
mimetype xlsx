--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f440957d1364e2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebf31f03e83a4f7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4f7009cd1ce40ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R623f1764fc3a48c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R823c019a7bcc42f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4f7009cd1ce40ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb167c5372d9a415f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R623f1764fc3a48c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum Gewinne Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,771</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>