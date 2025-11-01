--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reac9fbd782354735" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69b52e94b0a9462b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c17814b4d924b09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46fe1c8fc2d541d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3c876eb3e1c4582" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c17814b4d924b09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d040fc601974297" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46fe1c8fc2d541d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Potentielle Multibagger </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...431 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,861</x:t>
-[...171 lines deleted...]
-          <x:t>67,571</x:t>
+          <x:t>66,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>