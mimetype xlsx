--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69b52e94b0a9462b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recd825d4096f446f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46fe1c8fc2d541d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fe863b8c23f4510"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d040fc601974297" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46fe1c8fc2d541d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10e361395d394ef1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fe863b8c23f4510" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Potentielle Multibagger </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,746</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,917</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>