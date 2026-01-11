--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recd825d4096f446f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0da3d01f33f240e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fe863b8c23f4510"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R464677f862644f59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10e361395d394ef1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fe863b8c23f4510" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb997dc4e1184d2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R464677f862644f59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Potentielle Multibagger </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>61,917</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>