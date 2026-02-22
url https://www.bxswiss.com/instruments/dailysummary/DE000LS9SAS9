--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0da3d01f33f240e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9d6029801ff4b21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R464677f862644f59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73da0e7a98324c49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb997dc4e1184d2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R464677f862644f59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05b966874e6a41af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73da0e7a98324c49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Potentielle Multibagger </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>62,711</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>