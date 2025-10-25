--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref110c96a28545f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d19a91366294d53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d68413e677a4b3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6acf1f65aea748f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93bbac67d76a4320" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d68413e677a4b3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R189e8939149243b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6acf1f65aea748f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FollowtheMarket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,102</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>