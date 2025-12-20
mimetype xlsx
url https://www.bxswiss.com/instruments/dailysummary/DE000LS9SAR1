--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d19a91366294d53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red0c1c6b5d2145db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6acf1f65aea748f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85967f0c81794997"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R189e8939149243b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6acf1f65aea748f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21062026f4b64b2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85967f0c81794997" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FollowtheMarket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>102,008</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>