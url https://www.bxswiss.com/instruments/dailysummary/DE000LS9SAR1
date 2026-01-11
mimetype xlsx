--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red0c1c6b5d2145db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b8bf2a7e5f4433c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85967f0c81794997"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bc42f016cf1415f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21062026f4b64b2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85967f0c81794997" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf63d085b9724e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bc42f016cf1415f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FollowtheMarket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,692</x:t>
@@ -791,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>