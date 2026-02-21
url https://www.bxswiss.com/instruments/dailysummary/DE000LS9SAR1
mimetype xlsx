--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b8bf2a7e5f4433c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc73a6d0d4c45ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bc42f016cf1415f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc732f7124d2c4fba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf63d085b9724e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bc42f016cf1415f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ab8e27e7f9e4997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc732f7124d2c4fba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FollowtheMarket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>100,318</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>