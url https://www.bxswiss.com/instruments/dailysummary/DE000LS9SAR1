--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc73a6d0d4c45ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bdfe79e259a449f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc732f7124d2c4fba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb93ac158bfe74c3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ab8e27e7f9e4997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc732f7124d2c4fba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9dba579c0d14b7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb93ac158bfe74c3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FollowtheMarket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>103,200</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,255</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...278 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,326</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>