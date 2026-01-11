--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R206ea56a346e4645" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R285157c8d073422a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0141d73388444d37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1803ca1266284846"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc698924bb8e42f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0141d73388444d37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea8e8b63b07a4285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1803ca1266284846" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,359</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>