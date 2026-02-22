--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R285157c8d073422a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84bf4642a9b44f13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1803ca1266284846"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recdff02abafc49bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea8e8b63b07a4285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1803ca1266284846" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ac28a18d7af4dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recdff02abafc49bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>83,622</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,159</x:t>
-[...377 lines deleted...]
-          <x:t>85,536</x:t>
+          <x:t>82,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>