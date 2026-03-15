--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84bf4642a9b44f13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f9d68743e7d49e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recdff02abafc49bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74b91ad612d34803"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ac28a18d7af4dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recdff02abafc49bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcea640f3858b48ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74b91ad612d34803" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>79,503</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,355</x:t>
-[...269 lines deleted...]
-          <x:t>77,381</x:t>
+          <x:t>77,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>