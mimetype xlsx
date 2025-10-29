--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41d19a2980d54a28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96315e64caf54bac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e1d8c40ba7e4849"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6d355d6c21645fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cec11bd5e1e4548" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e1d8c40ba7e4849" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R957b93d2d3954763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6d355d6c21645fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsideen und Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>