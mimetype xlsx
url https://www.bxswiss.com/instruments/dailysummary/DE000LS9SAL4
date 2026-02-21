--- v1 (2025-10-29)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96315e64caf54bac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R365d7ee040bd462b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6d355d6c21645fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37a83c3b9e8f409c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R957b93d2d3954763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6d355d6c21645fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R466c10c8a4104703" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37a83c3b9e8f409c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsideen und Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,633 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>100,568</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,239</x:t>
-[...141 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>99,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,787</x:t>
-[...90 lines deleted...]
-          <x:t>102,920</x:t>
+          <x:t>99,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>