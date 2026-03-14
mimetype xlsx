--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R365d7ee040bd462b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73371b73f0f94d3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37a83c3b9e8f409c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48930e2d22804959"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R466c10c8a4104703" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37a83c3b9e8f409c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R221ce5433d374ca4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48930e2d22804959" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsideen und Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,633 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...202 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,183</x:t>
-[...387 lines deleted...]
-          <x:t>93,817</x:t>
+          <x:t>94,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>