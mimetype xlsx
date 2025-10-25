--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2962555a2b5d48a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9138e3035184064" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0f6d3c8bbe144c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1988bbed2854f1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68400821ec7a45a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0f6d3c8bbe144c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0e23b7d2b8a4d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1988bbed2854f1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>dividends and more</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,563</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>