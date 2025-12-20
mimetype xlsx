--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9138e3035184064" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd970190adf84bbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1988bbed2854f1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81ab88a2352f4472"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0e23b7d2b8a4d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1988bbed2854f1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68a0dee6a23d4884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81ab88a2352f4472" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>dividends and more</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...566 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,201</x:t>
-[...63 lines deleted...]
-          <x:t>141,814</x:t>
+          <x:t>142,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>