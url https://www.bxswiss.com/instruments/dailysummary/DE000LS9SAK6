--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd970190adf84bbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01d1768c2ce24b4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81ab88a2352f4472"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99be27ca3bd04f0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68a0dee6a23d4884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81ab88a2352f4472" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d260ebd13e24595" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99be27ca3bd04f0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>dividends and more</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>