--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01d1768c2ce24b4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re45a56fa52e54559" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99be27ca3bd04f0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa7b2a94eab432a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d260ebd13e24595" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99be27ca3bd04f0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb89c717c7da74e72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa7b2a94eab432a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>dividends and more</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>