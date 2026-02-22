--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re45a56fa52e54559" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R167112982beb4954" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa7b2a94eab432a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f24447ab4bb49af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb89c717c7da74e72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa7b2a94eab432a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc3a7d6b0b6b4622" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f24447ab4bb49af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>dividends and more</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...419 lines deleted...]
-          <x:t>145,924</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,161</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>148,031</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>