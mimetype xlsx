--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R167112982beb4954" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6222c0e265cf4640" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f24447ab4bb49af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a51e4d988004b06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc3a7d6b0b6b4622" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f24447ab4bb49af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R490de50b93a04acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a51e4d988004b06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>dividends and more</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>146,606</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,160</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>145,920</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>