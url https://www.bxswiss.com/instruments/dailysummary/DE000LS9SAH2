--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a9a8caaa9d6481b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ef43ca2c0c7424a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd086a32fe03e4b83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff4d495c09ad4c0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd5e1acbd71943db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd086a32fe03e4b83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racfc208f511a4afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff4d495c09ad4c0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top  40 Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,599</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>