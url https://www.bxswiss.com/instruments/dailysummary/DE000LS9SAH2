--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ef43ca2c0c7424a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49636405be034aa0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff4d495c09ad4c0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R754a70d9451e45e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racfc208f511a4afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff4d495c09ad4c0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa068c05458d4e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R754a70d9451e45e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top  40 Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,173</x:t>
-[...306 lines deleted...]
-          <x:t>139,989</x:t>
+          <x:t>138,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>