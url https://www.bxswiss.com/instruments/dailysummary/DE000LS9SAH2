--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49636405be034aa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R183946395c2547af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R754a70d9451e45e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf659ca3e4830482f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa068c05458d4e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R754a70d9451e45e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R868efb50d5844300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf659ca3e4830482f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top  40 Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>137,665</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>137,533</x:t>
-[...114 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>137,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,649</x:t>
-[...306 lines deleted...]
-          <x:t>136,806</x:t>
+          <x:t>137,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>