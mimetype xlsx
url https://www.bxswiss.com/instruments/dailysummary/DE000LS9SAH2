--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R183946395c2547af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28c2364121df4403" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf659ca3e4830482f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76528aba5143441c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R868efb50d5844300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf659ca3e4830482f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcec753ff96934192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76528aba5143441c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top  40 Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>142,240</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>