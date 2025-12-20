--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R216fb6fc520748db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R259311efd1894046" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52fa76f90e6741bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99463bcc832e4b5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75cd1e1c51ab443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52fa76f90e6741bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refc514f0b6914d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99463bcc832e4b5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>83,391</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>