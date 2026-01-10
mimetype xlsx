--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R259311efd1894046" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b2c58b4994c42da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99463bcc832e4b5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R410ceb8a45a0449d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refc514f0b6914d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99463bcc832e4b5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91cf44fd44df4e29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R410ceb8a45a0449d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,354</x:t>
-[...522 lines deleted...]
-          <x:t>75,128</x:t>
+          <x:t>75,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,596</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>