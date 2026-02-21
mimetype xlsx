--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b2c58b4994c42da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b3bc2184cbf4127" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R410ceb8a45a0449d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb1ea456c6a245ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91cf44fd44df4e29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R410ceb8a45a0449d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a454bea1e41452c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb1ea456c6a245ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>80,596</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>