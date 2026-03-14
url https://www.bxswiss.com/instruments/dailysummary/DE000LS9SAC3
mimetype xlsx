--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b3bc2184cbf4127" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d144fffabd34553" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb1ea456c6a245ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8befdf3453d84fcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a454bea1e41452c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb1ea456c6a245ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eb38ddab8414780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8befdf3453d84fcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>65,990</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,901</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>72,175</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>