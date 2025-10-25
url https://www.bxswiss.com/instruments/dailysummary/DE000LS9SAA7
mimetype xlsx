--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R171519c9689d4ebb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1388a27bc22a41ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6c5e6d8e8f94f50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c344000711f495a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rada30ccd6295420e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6c5e6d8e8f94f50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfecd98b4188e4ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c344000711f495a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das Tradingzimmer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>78,690</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,428</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>78,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,637</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>