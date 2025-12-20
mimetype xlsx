--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1388a27bc22a41ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2630d931c6d7458c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c344000711f495a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75b4e2e523484ee5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfecd98b4188e4ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c344000711f495a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcef4cc2804c54332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75b4e2e523484ee5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das Tradingzimmer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>78,191</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,160</x:t>
-[...517 lines deleted...]
-          <x:t>78,748</x:t>
+          <x:t>78,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>