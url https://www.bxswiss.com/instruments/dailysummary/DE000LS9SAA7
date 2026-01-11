--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2630d931c6d7458c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R689a20efa12e4e23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75b4e2e523484ee5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R228c2bb63afe448c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcef4cc2804c54332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75b4e2e523484ee5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64fdb62691ac46a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R228c2bb63afe448c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das Tradingzimmer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>77,751</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,556</x:t>
-[...308 lines deleted...]
-          <x:t>79,511</x:t>
+          <x:t>78,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,556</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>78,009</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>