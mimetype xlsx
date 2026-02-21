--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R689a20efa12e4e23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra03243eb4cca455b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R228c2bb63afe448c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R481750043df3439a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64fdb62691ac46a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R228c2bb63afe448c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd0e3d44a70a4f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R481750043df3439a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das Tradingzimmer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,094</x:t>
-[...333 lines deleted...]
-          <x:t>80,041</x:t>
+          <x:t>76,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,221</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>