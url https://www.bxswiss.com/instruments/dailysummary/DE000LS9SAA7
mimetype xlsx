--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra03243eb4cca455b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d8a6a0f6039498e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R481750043df3439a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0285e3b36f394a44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd0e3d44a70a4f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R481750043df3439a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85bab2d82acb4bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0285e3b36f394a44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das Tradingzimmer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>78,511</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,298</x:t>
-[...259 lines deleted...]
-          <x:t>80,363</x:t>
+          <x:t>79,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,845</x:t>
-[...31 lines deleted...]
-          <x:t>81,221</x:t>
+          <x:t>80,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>