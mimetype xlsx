--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R511bc60c49ff4777" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33a11e39fa184617" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R178b43e0e3564c67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77516c6de0884551"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03be87f97ce84243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R178b43e0e3564c67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdec10a971d6a4bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77516c6de0884551" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Trend Diversified</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,388</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,434</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>