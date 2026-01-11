--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33a11e39fa184617" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0211c51e46294a73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77516c6de0884551"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6330ca5cab1427c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdec10a971d6a4bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77516c6de0884551" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf54dcf43b6094b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6330ca5cab1427c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Trend Diversified</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>142,434</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>