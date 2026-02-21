--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0211c51e46294a73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c802e7e8a4e441f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6330ca5cab1427c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R867d6b11d8c845b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf54dcf43b6094b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6330ca5cab1427c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46d9429ebe5a4b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R867d6b11d8c845b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Trend Diversified</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>150,913</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>