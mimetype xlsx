--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c802e7e8a4e441f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3f0ba5ef91247c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R867d6b11d8c845b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9bdff5cb6e345e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46d9429ebe5a4b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R867d6b11d8c845b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bdb40cc7277480a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9bdff5cb6e345e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Trend Diversified</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>156,945</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,022</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>158,022</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>