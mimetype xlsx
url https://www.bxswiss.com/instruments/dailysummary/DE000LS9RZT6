--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reebc590ec1fb497d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9aa1ecb01d864da6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7e44b0640d246e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd47dcebfd4ca4565"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R670fb98f75a64086" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7e44b0640d246e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc68ad8c69444874" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd47dcebfd4ca4565" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DZB Aktienwerteauswahl 2031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,557</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>