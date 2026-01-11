--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9aa1ecb01d864da6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79a5ac92b0644c6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd47dcebfd4ca4565"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R903daacce1624b19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc68ad8c69444874" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd47dcebfd4ca4565" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4eb64a2ab154354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R903daacce1624b19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DZB Aktienwerteauswahl 2031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>130,861</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>