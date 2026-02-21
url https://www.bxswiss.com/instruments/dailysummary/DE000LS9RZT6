--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79a5ac92b0644c6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3599e5c88a14ed8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R903daacce1624b19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aff88004ddd4a06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4eb64a2ab154354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R903daacce1624b19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb03d49d975f44a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aff88004ddd4a06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DZB Aktienwerteauswahl 2031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>131,393</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,426</x:t>
-[...43 lines deleted...]
-          <x:t>130,331</x:t>
+          <x:t>130,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,882</x:t>
-[...60 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>129,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,889</x:t>
-[...225 lines deleted...]
-          <x:t>136,469</x:t>
+          <x:t>131,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>