--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81985e91a6c24e36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9579fdce49d451d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21799a320e7e4daa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3943685ed68f4754"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6215fd4340134db9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21799a320e7e4daa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc9d9bd5745540ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3943685ed68f4754" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsaktien mit Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,968</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>