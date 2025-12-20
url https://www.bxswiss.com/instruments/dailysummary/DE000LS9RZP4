--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9579fdce49d451d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c3702c4bc6c4826" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3943685ed68f4754"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54a193e55adc47cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc9d9bd5745540ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3943685ed68f4754" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5faaf7c69a74bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54a193e55adc47cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsaktien mit Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...495 lines deleted...]
-          <x:t>155,413</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,035</x:t>
-[...134 lines deleted...]
-          <x:t>151,968</x:t>
+          <x:t>152,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>