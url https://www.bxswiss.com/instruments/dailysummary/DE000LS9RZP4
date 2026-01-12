--- v2 (2025-12-20)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c3702c4bc6c4826" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R731b5d5d28fb42a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54a193e55adc47cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04402f3ee3e848ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5faaf7c69a74bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54a193e55adc47cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ca78bfd5e7a4f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04402f3ee3e848ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsaktien mit Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,576 +149,117 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>155,432</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,484</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...231 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,882</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,862</x:t>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,187</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>