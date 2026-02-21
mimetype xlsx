--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R731b5d5d28fb42a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c9914010d2d4083" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04402f3ee3e848ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae50d976e49a427a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ca78bfd5e7a4f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04402f3ee3e848ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a50fc90369740b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae50d976e49a427a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsaktien mit Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>157,187</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>