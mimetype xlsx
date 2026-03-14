--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c9914010d2d4083" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca0b0a4ecd374db7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae50d976e49a427a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcebb442d08804298"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a50fc90369740b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae50d976e49a427a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b25e39fd7974ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcebb442d08804298" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsaktien mit Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,999</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>