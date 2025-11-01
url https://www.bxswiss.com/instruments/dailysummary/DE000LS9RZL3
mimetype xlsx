--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6429883bc00b4f15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref4195091bc74f3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8de3220a9664912"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e148b9c86f04781"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R297e66f9daf94045" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8de3220a9664912" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb00ee51f3d0945c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e148b9c86f04781" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV CyberSecurity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,069</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>