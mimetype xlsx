--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref4195091bc74f3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2644ab45292a4a2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e148b9c86f04781"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccb4714d5b4740d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb00ee51f3d0945c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e148b9c86f04781" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra657cb70546845bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccb4714d5b4740d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV CyberSecurity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>132,793</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,927</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>