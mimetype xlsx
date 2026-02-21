--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2644ab45292a4a2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2586d5341164706" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccb4714d5b4740d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R088c8f43d06947c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra657cb70546845bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccb4714d5b4740d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R286a95752ef14266" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R088c8f43d06947c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV CyberSecurity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>114,927</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>