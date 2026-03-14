--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2586d5341164706" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R638f27b18b74419a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R088c8f43d06947c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff838251293940e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R286a95752ef14266" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R088c8f43d06947c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c1ee1838fd04e7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff838251293940e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV CyberSecurity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>112,018</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,845</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>109,964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,910</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>