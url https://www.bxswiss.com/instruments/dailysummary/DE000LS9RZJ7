--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb57f908322c4858" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re91ca94133d94b98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R943557df59dd404c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5e3aa6b534f4504"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf559aef14da44afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R943557df59dd404c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d51f7ebeec548ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5e3aa6b534f4504" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MONEY GRISLY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>123,473</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,142</x:t>
-[...566 lines deleted...]
-          <x:t>123,973</x:t>
+          <x:t>122,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>