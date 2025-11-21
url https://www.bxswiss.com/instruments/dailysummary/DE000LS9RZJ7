--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re91ca94133d94b98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9995380277ac4cec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5e3aa6b534f4504"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re77bb10bc0d24a0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d51f7ebeec548ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5e3aa6b534f4504" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd3c0743fe594ad0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re77bb10bc0d24a0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MONEY GRISLY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>122,023</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,524</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>121,318</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,285</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>122,626</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>