--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9995380277ac4cec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1c3ebea650b433c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re77bb10bc0d24a0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7f1db80e2ec45b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd3c0743fe594ad0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re77bb10bc0d24a0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d932f50b3ef4217" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7f1db80e2ec45b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MONEY GRISLY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...485 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,067</x:t>
-[...144 lines deleted...]
-          <x:t>115,201</x:t>
+          <x:t>120,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,874</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>