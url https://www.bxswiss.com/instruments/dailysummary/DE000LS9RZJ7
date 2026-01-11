--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1c3ebea650b433c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cf1ac7cfe8d4e65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7f1db80e2ec45b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R599a2a8c68b14427"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d932f50b3ef4217" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7f1db80e2ec45b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdb54757cfcd4832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R599a2a8c68b14427" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MONEY GRISLY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>