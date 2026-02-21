--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cf1ac7cfe8d4e65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce12966d7dd345e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R599a2a8c68b14427"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b1f45eee74c4a94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdb54757cfcd4832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R599a2a8c68b14427" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re281a16101384d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b1f45eee74c4a94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MONEY GRISLY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,025</x:t>
-[...171 lines deleted...]
-          <x:t>121,217</x:t>
+          <x:t>121,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>