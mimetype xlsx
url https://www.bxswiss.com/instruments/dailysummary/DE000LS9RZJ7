--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce12966d7dd345e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b7c3f4a9c7d48e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b1f45eee74c4a94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R694557b4e6f14776"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re281a16101384d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b1f45eee74c4a94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76d5c13051a9495c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R694557b4e6f14776" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MONEY GRISLY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>122,785</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,121</x:t>
-[...421 lines deleted...]
-          <x:t>119,745</x:t>
+          <x:t>121,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,171</x:t>
-[...107 lines deleted...]
-          <x:t>121,412</x:t>
+          <x:t>122,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>