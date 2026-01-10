--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4c6cf28cef84b62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5048830bd9b4443" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92189ba0d8bc431d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R236564152e7540f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra54fa020f25440e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92189ba0d8bc431d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8161fe71b1248e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R236564152e7540f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovativ Tec-Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>102,489</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>