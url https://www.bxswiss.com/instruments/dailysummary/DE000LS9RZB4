--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5048830bd9b4443" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R094a986d69874a55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R236564152e7540f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R356aa0cfcef04fc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8161fe71b1248e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R236564152e7540f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5261422bc82e4028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R356aa0cfcef04fc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovativ Tec-Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>97,161</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>