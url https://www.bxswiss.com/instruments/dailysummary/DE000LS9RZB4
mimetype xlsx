--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R094a986d69874a55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf11ed46c4d1429a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R356aa0cfcef04fc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7493d8533a5418d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5261422bc82e4028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R356aa0cfcef04fc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a765b4fb5e8463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7493d8533a5418d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovativ Tec-Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,547</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,448</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>