--- v0 (2025-10-04)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e0ef2cf25c941f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70c42a15e0054626" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re831c8a785fb4c3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf03bb3f721c24ccf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce9940ed5eee4b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re831c8a785fb4c3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc846e77f9c764f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf03bb3f721c24ccf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien mit relativer Staerke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>189,232</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>