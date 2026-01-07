--- v1 (2025-11-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70c42a15e0054626" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08df05e38cd44c6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf03bb3f721c24ccf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcec8b8fa4b18452c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc846e77f9c764f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf03bb3f721c24ccf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf15a29f93af94abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcec8b8fa4b18452c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien mit relativer Staerke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>185,886</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,104</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>