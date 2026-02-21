--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08df05e38cd44c6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84c4842eebff4bda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcec8b8fa4b18452c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40f8477df4634ff5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf15a29f93af94abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcec8b8fa4b18452c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bc7d6fcd39e4994" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40f8477df4634ff5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien mit relativer Staerke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>202,104</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>