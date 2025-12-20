--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R367141fa19f74e18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91545bc41c1149e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb965142277a54137"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc95ad0a4142b4f5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aaa2e3fd42f4ead" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb965142277a54137" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc5acf95ed2d4276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc95ad0a4142b4f5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobility 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>96,542</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,964</x:t>
-[...544 lines deleted...]
-          <x:t>97,721</x:t>
+          <x:t>98,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>