--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91545bc41c1149e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcea06069b76943e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc95ad0a4142b4f5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R354aff2a7b6245a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc5acf95ed2d4276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc95ad0a4142b4f5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b0614f038cb4c40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R354aff2a7b6245a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobility 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,650</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>