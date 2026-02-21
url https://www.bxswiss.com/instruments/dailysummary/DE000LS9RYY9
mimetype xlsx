--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcea06069b76943e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R153b261ce319482e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R354aff2a7b6245a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e1715d72e244099"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b0614f038cb4c40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R354aff2a7b6245a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R638fbfcac5eb4a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e1715d72e244099" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobility 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>97,430</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>