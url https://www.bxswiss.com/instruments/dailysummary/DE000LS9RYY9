--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R153b261ce319482e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4623c224c731481b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e1715d72e244099"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R296ed21a6daa4842"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R638fbfcac5eb4a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e1715d72e244099" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09712ad1778849cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R296ed21a6daa4842" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobility 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>87,982</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,272</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>88,422</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,864</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>