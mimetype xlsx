--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racf48cd8019b457b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R970cb56546aa44de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1c7dfe4fec24a6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1dda2743b754bd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5836ff1bf6a64249" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1c7dfe4fec24a6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20d6670c8f1a4f13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1dda2743b754bd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SM Future Orbit </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,153</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>