--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R970cb56546aa44de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf58c07cf4f784a89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1dda2743b754bd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fee0fcf80344fa0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20d6670c8f1a4f13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1dda2743b754bd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree9dc0b905564163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fee0fcf80344fa0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SM Future Orbit </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>177,784</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,259</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>