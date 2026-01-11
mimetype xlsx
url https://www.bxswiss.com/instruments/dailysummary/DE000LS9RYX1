--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf58c07cf4f784a89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3b7239d6af343d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fee0fcf80344fa0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ed0104b806240b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree9dc0b905564163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fee0fcf80344fa0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f3c4293abc644c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ed0104b806240b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SM Future Orbit </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>170,684</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>169,629</x:t>
-[...242 lines deleted...]
-          <x:t>164,259</x:t>
+          <x:t>169,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,532</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>