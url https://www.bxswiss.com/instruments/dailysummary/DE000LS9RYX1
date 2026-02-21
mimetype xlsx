--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3b7239d6af343d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc00832fc4794154" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ed0104b806240b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0afc1326a9d6449d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f3c4293abc644c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ed0104b806240b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4065465ed2d424b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0afc1326a9d6449d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SM Future Orbit </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,633 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>167,532</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>