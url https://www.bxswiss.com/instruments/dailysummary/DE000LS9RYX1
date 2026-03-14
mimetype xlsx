--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc00832fc4794154" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2223dfbfad3443b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0afc1326a9d6449d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dfa47d6cea64856"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4065465ed2d424b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0afc1326a9d6449d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6c4d8c339344ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dfa47d6cea64856" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SM Future Orbit </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,415 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...363 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -751,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>