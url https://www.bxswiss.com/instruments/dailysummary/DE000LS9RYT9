--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2537211e9ad94653" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06f94cbdec23499c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78d6db22feef46a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31027cd0d6874c40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7a98bef788a40bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78d6db22feef46a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d3087fa4729411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31027cd0d6874c40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europe Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>174,023</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>173,313</x:t>
-[...65 lines deleted...]
-          <x:t>174,773</x:t>
+          <x:t>173,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>176,019</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>175,672</x:t>
-[...355 lines deleted...]
-          <x:t>177,329</x:t>
+          <x:t>176,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>