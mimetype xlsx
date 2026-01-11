--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06f94cbdec23499c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R398d22ce96f642ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31027cd0d6874c40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cb0895fbc814f12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d3087fa4729411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31027cd0d6874c40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33211859a2914f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cb0895fbc814f12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europe Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,353</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...202 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,068</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>