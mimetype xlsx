--- v2 (2026-01-11)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R398d22ce96f642ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R760f234de7d54120" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cb0895fbc814f12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce87d96cf33e4d94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33211859a2914f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cb0895fbc814f12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39ed86a4143c4e3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce87d96cf33e4d94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europe Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>