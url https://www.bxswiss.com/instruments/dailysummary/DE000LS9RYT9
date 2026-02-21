--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R760f234de7d54120" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c02260e19d34458" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce87d96cf33e4d94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99c75baeaac74fdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39ed86a4143c4e3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce87d96cf33e4d94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90a55ff2fd7244d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99c75baeaac74fdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europe Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>183,148</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>