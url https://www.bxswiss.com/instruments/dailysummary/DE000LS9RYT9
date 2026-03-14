--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c02260e19d34458" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86f2171ba74a400e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99c75baeaac74fdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ce8328c8a944124"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90a55ff2fd7244d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99c75baeaac74fdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2a9322923e64433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ce8328c8a944124" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europe Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>