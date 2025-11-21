--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29e97aa1249c43a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50324eb03f2146c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1593abc043174087"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf28409fcadb6413f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80021f8d0b5843f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1593abc043174087" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R637650696836434f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf28409fcadb6413f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EuropeanQualityChampions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,679</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>