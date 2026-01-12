--- v1 (2025-11-21)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50324eb03f2146c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dc975d4ab39479c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf28409fcadb6413f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbbdd36abd6a483a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R637650696836434f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf28409fcadb6413f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7f81932c0cf4087" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbbdd36abd6a483a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EuropeanQualityChampions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...490 lines deleted...]
-          <x:t>119,398</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,526</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>116,645</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>