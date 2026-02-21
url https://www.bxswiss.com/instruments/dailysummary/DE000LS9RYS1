--- v2 (2026-01-12)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dc975d4ab39479c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f0869cfc7284d9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbbdd36abd6a483a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83817ded0a294f5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7f81932c0cf4087" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbbdd36abd6a483a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18b00a1b397f4cd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83817ded0a294f5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EuropeanQualityChampions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>122,941</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>