--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f0869cfc7284d9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra832a9420a194894" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83817ded0a294f5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2445f66180394d2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18b00a1b397f4cd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83817ded0a294f5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd87c3edb66404b55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2445f66180394d2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EuropeanQualityChampions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,603 +149,198 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>121,704</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,013</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>120,796</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,638</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...231 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,539</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,361</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>