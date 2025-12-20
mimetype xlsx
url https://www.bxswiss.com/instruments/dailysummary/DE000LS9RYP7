--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda54b8fc07994b01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R293bcd9c3d1548a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc016d4bf38464d75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33c66a53de134688"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dc29a8239014eb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc016d4bf38464d75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b5696195919445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33c66a53de134688" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hot Stock und Biotech Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,056</x:t>
-[...630 lines deleted...]
-          <x:t>44,874</x:t>
+          <x:t>41,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>