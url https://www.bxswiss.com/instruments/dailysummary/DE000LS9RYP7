--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R293bcd9c3d1548a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R059caece9d264563" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33c66a53de134688"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd966dae7bb14fc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b5696195919445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33c66a53de134688" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22fa214f38ef4a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd966dae7bb14fc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hot Stock und Biotech Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,955</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>