--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R059caece9d264563" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d10b893efc54488" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd966dae7bb14fc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1b19499b962484e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22fa214f38ef4a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd966dae7bb14fc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdab5ccda2e7546e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1b19499b962484e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hot Stock und Biotech Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>44,196</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>