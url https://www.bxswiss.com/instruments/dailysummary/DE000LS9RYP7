--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d10b893efc54488" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c03bd10022c4328" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1b19499b962484e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c09c278557a4fef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdab5ccda2e7546e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1b19499b962484e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66200f88c05a44b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c09c278557a4fef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hot Stock und Biotech Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,896</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>