--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd54c1e369fe4c6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdb298c5124f4928" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8013fe081884268"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rade2e96a568047fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3931f22e201f472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8013fe081884268" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5f9c277331f4f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rade2e96a568047fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsaktien Weltweit MS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...446 lines deleted...]
-          <x:t>307,832</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,240</x:t>
-        </x:is>
-[...187 lines deleted...]
-          <x:t>313,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>