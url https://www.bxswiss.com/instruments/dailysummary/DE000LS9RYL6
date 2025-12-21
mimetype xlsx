--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdb298c5124f4928" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6ecb5828c8f48d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rade2e96a568047fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d4e2f70b8fa4537"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5f9c277331f4f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rade2e96a568047fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31af2d16a5cc4f0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d4e2f70b8fa4537" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsaktien Weltweit MS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>