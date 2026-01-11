--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6ecb5828c8f48d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0875f962d4f54a22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d4e2f70b8fa4537"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbba7853a94ac4255"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31af2d16a5cc4f0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d4e2f70b8fa4537" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R031efc6f9222466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbba7853a94ac4255" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsaktien Weltweit MS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,788</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>