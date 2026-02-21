--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0875f962d4f54a22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32a4653194014d16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbba7853a94ac4255"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4caa9ccbed34695"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R031efc6f9222466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbba7853a94ac4255" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R815dc3cd39724e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4caa9ccbed34695" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsaktien Weltweit MS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,872</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>298,051</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,330</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
-[...289 lines deleted...]
-          <x:t>311,788</x:t>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>