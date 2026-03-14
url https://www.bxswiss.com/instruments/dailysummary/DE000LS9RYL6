--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32a4653194014d16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac68e8efc7e54807" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4caa9ccbed34695"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4726ebf237414a74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R815dc3cd39724e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4caa9ccbed34695" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83c081fde1af42a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4726ebf237414a74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsaktien Weltweit MS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>278,818</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>276,801</x:t>
-[...323 lines deleted...]
-          <x:t>277,382</x:t>
+          <x:t>276,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>