--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7f13b8de68448f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d8d7dd9e5914fef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R458eed88b1154e1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R736fbed6da434c24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97bf4df20ab34910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R458eed88b1154e1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b25433f78574502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R736fbed6da434c24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BioandScience</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>14,567</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>