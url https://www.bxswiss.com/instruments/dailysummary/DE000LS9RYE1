--- v1 (2025-12-20)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d8d7dd9e5914fef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e23803aa9564029" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R736fbed6da434c24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1161fff214b343cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b25433f78574502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R736fbed6da434c24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8542ecde7f34d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1161fff214b343cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BioandScience</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,566 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>13,050</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,014</x:t>
-[...620 lines deleted...]
-          <x:t>12,808</x:t>
+          <x:t>13,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>