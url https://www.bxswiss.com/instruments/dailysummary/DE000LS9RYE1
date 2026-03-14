--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e23803aa9564029" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e12d4d0f4504234" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1161fff214b343cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffed93f86d77494a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8542ecde7f34d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1161fff214b343cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ae8f55ea7d54ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffed93f86d77494a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BioandScience</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,348 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,985</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -684,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>