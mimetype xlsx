--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cf2766488654aa5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c0ae41188284522" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1eeef8a7b474671"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e047592e4864794"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3bcb6359b1e477a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1eeef8a7b474671" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf99fdc4e30594e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e047592e4864794" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Trend Aggressive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>