--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c0ae41188284522" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04afad468a3d4201" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e047592e4864794"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d6043f68c064be5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf99fdc4e30594e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e047592e4864794" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02e9402e759d4ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d6043f68c064be5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Trend Aggressive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>79,893</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>