--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04afad468a3d4201" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7602088bfa2c4a9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d6043f68c064be5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9faf3f2ea08423e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02e9402e759d4ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d6043f68c064be5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R941c348e03644b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9faf3f2ea08423e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Trend Aggressive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,857</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>