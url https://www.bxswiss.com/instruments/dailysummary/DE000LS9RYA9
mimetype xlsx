--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re877626d6a554226" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc82cf181580e45ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb19936d8f80c45e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7b83daad9344862"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra74abf756c0a4f44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb19936d8f80c45e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07467e20389d41c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7b83daad9344862" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalESGConstrained</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>