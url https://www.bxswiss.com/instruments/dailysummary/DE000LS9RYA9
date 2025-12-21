--- v1 (2025-10-24)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc82cf181580e45ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b6941086da14d75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7b83daad9344862"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aab9d813fc145a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07467e20389d41c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7b83daad9344862" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d17293f5f0b4699" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aab9d813fc145a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalESGConstrained</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>96,048</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>