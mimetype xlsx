--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b6941086da14d75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe6e8ef24acc4da5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aab9d813fc145a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42039917926a4123"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d17293f5f0b4699" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aab9d813fc145a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc69d8ca887a4457a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42039917926a4123" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalESGConstrained</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,763</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>