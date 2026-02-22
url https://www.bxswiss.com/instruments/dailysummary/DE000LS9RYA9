--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe6e8ef24acc4da5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R713a543c3ec945f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42039917926a4123"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70d0db2d147d4256"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc69d8ca887a4457a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42039917926a4123" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dc113047b7c476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70d0db2d147d4256" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalESGConstrained</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,293</x:t>
-[...117 lines deleted...]
-          <x:t>102,000</x:t>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>