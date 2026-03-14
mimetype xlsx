--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R713a543c3ec945f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85c4c851f54541eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70d0db2d147d4256"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd21291a4fc5c473f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dc113047b7c476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70d0db2d147d4256" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54d4e2f9cd2c4a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd21291a4fc5c473f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalESGConstrained</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,293</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>