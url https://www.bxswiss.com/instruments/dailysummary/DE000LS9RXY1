--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcda01c7b76934085" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fa2fc01f7ba4ab2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8bba6174c17498d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbebdb4e83f374214"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95ca10650e5942e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8bba6174c17498d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd068c6467d941d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbebdb4e83f374214" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FB Performance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,687</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>