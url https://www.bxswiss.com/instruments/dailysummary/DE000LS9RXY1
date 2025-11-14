--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fa2fc01f7ba4ab2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red51e90168cb402e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbebdb4e83f374214"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ca818f8f34f4711"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd068c6467d941d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbebdb4e83f374214" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ae168e57cca4576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ca818f8f34f4711" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FB Performance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,633 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>59,031</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,567</x:t>
-[...350 lines deleted...]
-          <x:t>58,388</x:t>
+          <x:t>59,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>