--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red51e90168cb402e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ac4f3ea724f4fc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ca818f8f34f4711"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc15fd7352b4b4297"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ae168e57cca4576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ca818f8f34f4711" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8539fa326d4c4f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc15fd7352b4b4297" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FB Performance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,633 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...600 lines deleted...]
-          <x:t>56,363</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>