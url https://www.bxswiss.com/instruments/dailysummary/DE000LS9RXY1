--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ac4f3ea724f4fc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1980a2377b3a4038" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc15fd7352b4b4297"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45709592e5b54b9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8539fa326d4c4f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc15fd7352b4b4297" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0774fb32bcff4d10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45709592e5b54b9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FB Performance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>57,277</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>