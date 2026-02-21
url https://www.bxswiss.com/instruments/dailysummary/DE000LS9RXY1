--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1980a2377b3a4038" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7913202712e246f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45709592e5b54b9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf4ab2157c2446c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0774fb32bcff4d10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45709592e5b54b9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4108fea03bc4b32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf4ab2157c2446c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FB Performance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,144 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...111 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>