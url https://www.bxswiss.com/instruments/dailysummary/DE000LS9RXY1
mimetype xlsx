--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7913202712e246f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cac7566ee1543bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf4ab2157c2446c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72e3bd94d35c49dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4108fea03bc4b32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf4ab2157c2446c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90aac62208b24098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72e3bd94d35c49dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FB Performance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>