--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra80f1dbcd08b483e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaf88d6c64a3419b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83dc10a50ae34509"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refb3a4aa29d74095"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfff0c57d56c4828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83dc10a50ae34509" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd5700acbec14504" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refb3a4aa29d74095" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WmB Fem Invest Growth All World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,484</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>