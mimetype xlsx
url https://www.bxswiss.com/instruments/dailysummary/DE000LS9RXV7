--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaf88d6c64a3419b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R148ec687f4d54310" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refb3a4aa29d74095"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09e381c85c364a0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd5700acbec14504" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refb3a4aa29d74095" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb1f153e8e124545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09e381c85c364a0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WmB Fem Invest Growth All World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>125,650</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,942</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>