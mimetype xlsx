--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R148ec687f4d54310" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R271622feac1a46ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09e381c85c364a0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a27a90ab19f400b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb1f153e8e124545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09e381c85c364a0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R463c5847529a4778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a27a90ab19f400b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WmB Fem Invest Growth All World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,566 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>122,942</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,116</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>