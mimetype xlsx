--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc195244538be4b58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35129a971663495a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4f3be89867f47c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e8572af77fb44d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra03dfc08381e4c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4f3be89867f47c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R406278642c604753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e8572af77fb44d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Technologies Trading </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>