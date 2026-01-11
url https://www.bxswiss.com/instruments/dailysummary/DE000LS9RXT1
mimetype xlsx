--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35129a971663495a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe41f9042da94b5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e8572af77fb44d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ee949be92444b64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R406278642c604753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e8572af77fb44d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra61e6d456840457a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ee949be92444b64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Technologies Trading </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>109,690</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>