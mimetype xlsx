--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe41f9042da94b5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R254e5a6ce0d24040" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ee949be92444b64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99c468e210904ccf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra61e6d456840457a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ee949be92444b64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f4ccdc21b26460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99c468e210904ccf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Technologies Trading </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>103,049</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>