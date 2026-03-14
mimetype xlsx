--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R254e5a6ce0d24040" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84ebc8370640459f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99c468e210904ccf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f63c7f1758e4749"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f4ccdc21b26460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99c468e210904ccf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfe6e737061e4799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f63c7f1758e4749" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Technologies Trading </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>