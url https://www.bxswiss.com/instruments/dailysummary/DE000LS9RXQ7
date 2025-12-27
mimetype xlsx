--- v0 (2025-10-25)
+++ v1 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaffdfd12e514c5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c9f0916beae4ec0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd99fda8cab5f413a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40a8f4fb50c94a28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56bc8c940b49410e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd99fda8cab5f413a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a9c01a99e514891" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40a8f4fb50c94a28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Automotive Small Mid World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>252,002</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>