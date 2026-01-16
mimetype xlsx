--- v1 (2025-12-27)
+++ v2 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c9f0916beae4ec0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5007bf2f9984edc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40a8f4fb50c94a28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f8bd861bfed493b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a9c01a99e514891" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40a8f4fb50c94a28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d9a90e872994a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f8bd861bfed493b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Automotive Small Mid World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,295</x:t>
@@ -710,31 +285,328 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>