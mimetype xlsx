--- v2 (2026-01-16)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5007bf2f9984edc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redf774db5f9f4504" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f8bd861bfed493b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R701997d5cead4b89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d9a90e872994a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f8bd861bfed493b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R091be93011ad4cd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R701997d5cead4b89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Automotive Small Mid World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>280,257</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>