--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redf774db5f9f4504" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdf587e4dcdb4871" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R701997d5cead4b89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06678023a8b64209"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R091be93011ad4cd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R701997d5cead4b89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47d7936246dc406c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06678023a8b64209" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Automotive Small Mid World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>