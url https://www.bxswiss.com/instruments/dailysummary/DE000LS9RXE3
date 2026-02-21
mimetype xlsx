--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f0c5dc2206642f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccd40a5c4754487d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfed13f4e7f4246f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R026ff3a86cf44742"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d9b80660c2140a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfed13f4e7f4246f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5c7e0c489604a08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R026ff3a86cf44742" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scandinavian Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>83,393</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>