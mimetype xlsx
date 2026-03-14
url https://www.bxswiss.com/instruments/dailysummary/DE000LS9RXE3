--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccd40a5c4754487d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a806cff24f244f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R026ff3a86cf44742"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0b0ee8132394c84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5c7e0c489604a08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R026ff3a86cf44742" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb90121ae9e484a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0b0ee8132394c84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scandinavian Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>